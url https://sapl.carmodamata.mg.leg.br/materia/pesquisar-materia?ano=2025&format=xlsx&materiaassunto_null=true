--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3160" uniqueCount="1375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3184" uniqueCount="1386">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1040,51 +1040,51 @@
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/803/pl_1897_ldo_emendas.docx</t>
   </si>
   <si>
     <t>EMENDAS 01 E 02 AO PL 1897/2025 - LDO</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/964/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao Projeto de Lei ordinária 1919/2025.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/emendas_impositivas-_loa_2026.pdf</t>
+    <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/emendas_impositivas_loa_2026.pdf</t>
   </si>
   <si>
     <t>Emendas impositivas LOA 2026.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>PSUBS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/658/substitutivo_ao_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_82.docx</t>
   </si>
   <si>
     <t>Substitutivo nº 01 ao Projeto de Lei Complementar nº 127/2025, para aumentar 2 vagas do cargo de Psicólogo.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/667/pl_1887_sub_piso_enfermagem.docx</t>
   </si>
@@ -1523,50 +1523,62 @@
   <si>
     <t>989</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/989/35_-_previsao_de_pericias_medicas-_fabricio.pdf</t>
   </si>
   <si>
     <t>Previsão de perícias médicas.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/990/36_-_convocacao_secretario_de_obras.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário de Obras.</t>
   </si>
   <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/37_-_palavra.docx</t>
+  </si>
+  <si>
+    <t>Uso da Palavra para falar sobre a prescrição de receita médica.</t>
+  </si>
+  <si>
     <t>618</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>Parecer Comissão Permanente</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_01-25_cljr_plc_126.docx</t>
   </si>
   <si>
     <t>Parecer CLJR sobre PLC 126/2024, pela aprovação</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_01-25_cffo_plc_126.docx</t>
   </si>
   <si>
     <t>Parecer CFFO sobre PLC 126/2025, pela aprovação</t>
   </si>
   <si>
     <t>634</t>
@@ -1839,53 +1851,50 @@
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/740/parecer_14-25_cljr_pl_1895.docx</t>
   </si>
   <si>
     <t>PARECER CLJR - PL 1895/2025 - PELA APROVAÇÃO</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/741/parecer_12-25_cspm_pl_1895.docx</t>
   </si>
   <si>
     <t>PARECER CSPM - PL 1895/2025 - PELA APROVAÇÃO</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/742/parecer_15-25_cljr_pl_1896.docx</t>
   </si>
   <si>
     <t>PARECER CLJR -PL 1896/2025 - PELA APROVAÇÃO</t>
   </si>
   <si>
     <t>743</t>
-  </si>
-[...1 lines deleted...]
-    <t>38</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_08-25_cffo_pl_1896.docx</t>
   </si>
   <si>
     <t>PARECER CFFO - PL 1896/2025 - PELA APROVAÇÃO</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_13-25_cspm_pl_1896.docx</t>
   </si>
   <si>
     <t>PAERCER CSPM - PL 1896/2025 - PELA APROVAÇÃO</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>40</t>
   </si>
@@ -4211,50 +4220,74 @@
     <t>Substituição de placa de trânsito.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/154_willian_-_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>Calendário de prestação de contas.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/155_willian_-_qr_code_em_postes_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Instalação de QR Code nos postes de iluminação pública.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/156_silvana_-_extensao_horario_farmacia.pdf</t>
+  </si>
+  <si>
+    <t>Extensão do horário de funcionamento da farmácia municipal.</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/157_silvana_-_professor_de_libras.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de professor de libras.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4558,56 +4591,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/612/plc_126_prioridade_regional.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_-_altera_a_redacao_da_lei_complementar_82.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/701/02_-_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_87.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/809/2_-_projeto_de_lei_-_altera_a_lc_103.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/810/2_-_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_87.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/821/2_projeto_de_lei_-_isencao_taxa_estado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/846/plc_133.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/849/plc_134.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/850/plc_135.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/861/plc_136.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/956/2-_projeto_de_lei_-_lc_103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/957/2_-_projeto_de_lei_-_lc_87.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/plc_139.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/plc_140.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_-_cmde_-_conselho_municipal_de_desenvolvimetno_economico.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/623/pl_1885_entulho.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/624/pl_1886_recuperacao_fiscal.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/625/pl_1887.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/649/pl_1888__taxi_pcd.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/673/pl_1889_almoxarifado_v.2.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/674/pl_1890_controle_frota_v.2.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/680/pl_1892_dup_filarmonica_santa_cecilia.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/684/pl_1892_transporte_pacientes_v.2.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/702/pl_1893_programa_dengue.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/694/2_-_projeto_de_lei_-_autoriza_a_concessao_de_subvencao_social_a_aacm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/712/pl_1895_rainha_da_pipoca_1.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/723/pl_1896_transporte_de_atletas.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/751/ldo_2026_carmo_da_mata_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/759/2_-_projeto_de_lei_-_parque_ecologico_so_bem.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_-_consorico_icismep_1.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/765/pl_1900_placa_prioridade.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/766/pl_1901_adm_lgbt.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/787/pl_1902_primeiros_socorros.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/788/pl_1903_fogos_de_artificio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/789/pl_1904_denominacao_ruas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/806/acrescenta_o_art._85_a_na_lei_1310.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/807/casa_lar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/811/2_-projeto_de_lei_1672-substitutivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/822/1908_-_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/842/pl_1909.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/843/pl_1910.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/844/pl_1911.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/845/pl_1912.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/847/pl_1913.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/848/pl_1914.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/855/1915.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/862/pl_-_prestacao_de_servicos_de_psicologia_e_de_servico_social_nas_escolas_publicas_de_educacao_basica..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/892/pl-_brincar_e_para_todos_-_priscila_piassi.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/894/pl_1918.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/895/pl_1919.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/897/ppa_2026-2029_carmo_da_mata-_revisado_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/929/pl_1923.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_-_altera_o_artigo_14o_da_lei_1.520_de_07_de_abril_de_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_-_altera_o_artigo_4o_da_lei_1.531_de_29_de_junho_de_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_ordinaria_1926_de_2025.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_ordinaria_1927_de_2025.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/983/2_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_ordinaria_1929_de_2025.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/pl_1930.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/756/resolucao_pronto_pagamento.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/773/pres_300.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/950/projeto_de_resolucaono_301_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_resolucao_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/721/104_-_oficio_camara_-_veto_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/761/oficio_118.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/907/veto_pl_1908.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/639/pl_1885_em_01_entulho.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/705/pl_1892_em_01_transporte_pacientes.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/706/pl_1892_em_02_transporte_pacientes.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/803/pl_1897_ldo_emendas.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/964/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/emendas_impositivas-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/658/substitutivo_ao_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_82.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/667/pl_1887_sub_piso_enfermagem.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/734/pl_1893_programa_dengue_subs_01.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/797/ldo_2026_-_com_exposicao_de_motivos_-_substituir_na_camara.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/872/substitutivo_pl_1909.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/1_-_projeto_de_lei_-_codigo_tributario_carmo_da_mata_v2_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/816/01_-_manquebra.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/832/02_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/949/03_-_amazil.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/633/007-_santa_casa_-_toninho.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/641/008-_transporte_escolar_-_dunga.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/642/009-_gasolina_-_silvana.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/652/010-_dispensa_01_-_dunga.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/672/011-_palavra_-_aderlon.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/683/012-_palavra_-_albano.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/679/013-_convocacao_-_guto.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/717/014_-_palavra_junia.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/719/015-_contra-cheque.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/720/016_-_palavra_mateus.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/729/017_-_palavra_almir.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/730/018-_cachoeira_-_fabricio.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/752/020-_aluguel_de_maquinas_-_fabricio.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/770/021-_cacimbas_-_willian.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/771/022-_convocacao_-_silvana.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/777/023-_transporte_escolar_-_willian.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/799/024-_imoveis_-_silvana.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/800/025-_palavra_-_carol_emater.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/820/026-_resposta_indicacoes_-_leo_cruz.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/823/027-_prestacao_de_contas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/830/028-_equiparacao_salarial_-_willian.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/831/029-_convocacao_-_waltinho.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/865/30_-_emendas_impositivas_-_toninho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/943/31_-_convocacao_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/954/032_-_requerimento_alessandra.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/955/requerimento-_willian.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/982/033-_convocacao_-_secretaria_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/984/34_-_palavra_francisco_correa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/989/35_-_previsao_de_pericias_medicas-_fabricio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/990/36_-_convocacao_secretario_de_obras.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_01-25_cljr_plc_126.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_01-25_cffo_plc_126.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_02-25_cljr_pl_1884.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_03-25_cljr_pl_1885.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_01-25_cspm_pl_1884.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_02-25_cspm_pl_1885.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_02-25_cffo_pl_1884.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_04-25_cljr_pl_1886.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_05-25_cljr_pl_1887.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_06-25_cljr_plc_127.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_03-25_cffo_pl_1886.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/661/parecer_03-25_cspm_pl_1886.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/663/parecer_04-25_cffo_pl_1887.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/665/parecer_05-25_cffo_plc_127.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/666/parecer_04-25_cspm_plc_127.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/689/parecer_07-25_cljr_pl_1889.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/690/parecer_05-25_cspm_pl_1889.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/691/parecer_08-25_cljr_pl_1890.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/692/parecer_06-25_cspm_pl_1890.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/703/parecer_09-25_cljr_pl_1891.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/704/parecer_07-25_cspm_pl_1891.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/707/parecer_11-25_cljr_plc_128.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/708/parecer_06-25_cffo_plc_128.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/709/parecer_09-25_cspm_plc_128.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/710/parecer_10-25_cljr_pl_1892.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/711/parecer_08-25_cspm_pl_1892.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/735/parecer_12-25_cljr_pl_1893.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/736/parecer_10-25_cspm_pl_1893.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/737/parecer_13-25_cljr_pl_1894.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/738/parecer_07-25_cffo_pl_1894.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/739/parecer_11-25_cspm_pl_1894.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/740/parecer_14-25_cljr_pl_1895.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/741/parecer_12-25_cspm_pl_1895.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/742/parecer_15-25_cljr_pl_1896.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_08-25_cffo_pl_1896.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_13-25_cspm_pl_1896.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/774/parecer_20-25_cljr_pres_299.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/775/parecer_10-25_cffo_pres_299.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/776/parecer_21-25_cljr_pres_300.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/778/parecer_22-25_cljr_pl_1898.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/780/parecer_16-25_cspm_pl_1898.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/782/parecer_23-25_cljr_pl_1900.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/783/parecer_17-25_cspm_pl_1900.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/785/parecer_24-25_cljr_pl_1901.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_18-25_cspm_pl_1901.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/790/parecer_19-25_cljr_pl_1899.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/791/parecer_09-25_cffo_pl_1899.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/792/parecer_14-25_cspm_pl_1899.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/793/parecer_25-25_cljr_pl_1903.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/794/parecer_19-25_cspm_pl_1903.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/801/parecer_27-25_cljr_pl_1897_ldo.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/802/parecer_11-25_cffo_pl_1897_ldo.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/837/parecer_58_-_plc_132.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_1908_cspm.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/833/parecer_1908_-_cljr.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_1908_cspm.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/867/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/868/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/869/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/871/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/908/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/909/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/910/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/911/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/912/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/914/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/915/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/916/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/917/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/918/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/919/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/937/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/938/parecer_da_comissao_de_servicos_publicos.docx.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/939/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/940/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/963/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/967/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/968/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/969/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/970/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/971/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/972/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/973/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/997/parecer_cffo.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/998/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/999/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/611/001_willian_-_isonomia_salarial.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/614/002_willian_-_estrada_e_estudantes.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/615/003_eduardo_-_redutor_de_velocidade_trevo.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/616/004_silvana_-_quebra_mola_ponte_cemei_cras.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/617/005_fabricio_-_transito_e_estrada.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/620/006_guto_-_esgoto_nephtali.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/621/007_dunga_-_felix.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/626/008_toninho_-_valvula_retencao.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/627/009_eduardo_-.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/628/010_silvana_-_pracinha_da_helia.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/629/011_willian_-.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/630/012_priscila.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/631/013_leo_cruz.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/632/014_guto_do_esporte.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/643/015_willian_-.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/644/016_eduardo_-.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/645/17_dunga_-_pediatra.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/646/018_leo_cruz_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/648/19_silvana_quebra_mola.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/654/022_priscila.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/655/023_eduardo_-_lampadas_da_praca.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/656/024_willian_-.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/657/25_dunga_-_patrulha_rural.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/669/26_dunga_-_poco_artesiano_e_grama.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/670/027_leo_cruz_-_cumprimento_de_lei.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/671/028_eduardo_-_asfaltar_estrada_forquilha.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/675/29_dunga_-_rocar_estrada_da_forquilha.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/676/30_toninho_-_estrada_dos_felix.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/677/031_-_guto_-.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/678/032_willian_-.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/681/033_leo_cruz_-_reforma_escola.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/682/034_silvana_-_rua_joaquim_teodoro.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/685/035_silvana_-_estrada_rural.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/686/036_eduardo_-_iluminacao_parque_e_limpeza_de_ruas.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/687/037_leo_cruz_-_cronograma.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/688/038_willian_-_estrada_e_escola.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/696/041_priscila_-_banheiros.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/697/042_eduardo_-_usina.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/698/043_-_guto_-_terreno.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/699/044_willian_-_campo_e_psf.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/700/045_leo_cruz_-_agua_pluvial_e_limpeza_lotes.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/714/047_priscila_-.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/715/048_fabricio_-_fazenda_mauro_cicero.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/724/49_dunga_-_mutirao_de_limpeza.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/725/50_priscila_-_campos_felix.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/726/51_-_guto_-_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/727/052_eduardo_-_estrada_iluminacao_lixeira.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/728/053_fabricio_-_estrada_da_cachoeira.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/733/055_eduardo_-_mao_unica.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/746/057_eduardo_-_estrada_e_recapeamento_de_vias.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/747/058_willian_-_ceder_veiculo_para_a_cultura.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/748/059_leo_cruz_-_manutencao_em_veiculos.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/749/060_willian_-_mata_burro_e_recapeamento_de_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/750/061_silvana_-_mao_unica_rua_alexanfre_afonso.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/753/062_silvana_-_calcamento_joaquim_pereira_notini.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/754/063_fabricio_-_recapeamento_bom_jesus.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/755/64_dunga_-_quebra_mola_riacho.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/760/065_priscila_-sinal_de_tv_e_medicamentos.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/763/066_silvana_-_calcamento_francisco_cambraia.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/767/067_eduardo_-_cachorro_de_rua_e_cadeira_de_dentista.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/768/068_willian_-_mata_burro_poda_de_arvore_cameras__frias.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/769/069_leo_cruz_-_quebra_mola_honorio_silveira.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/779/070_eduardo_-_brigada_incendio.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/781/071_fabricio_-_joao_goncalves_de_abreu.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/784/072_willian_-_rua_jose_de_matos_limpeza_acude.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/798/073_leo_cruz_-_agente_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/804/074_eduardo_-_faixa_amarela.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/805/075_willian_-_anteprojeto.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/812/076_willian_-_carga_horaria_departamento_de_engenharia.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/813/077_leo_cruz_-_construcao_de_meio_fio.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/814/78-_guto_-_quebra_molas_rua_chico_pires.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/815/079_priscila_-cumprimento_lei_parcelamento_solo.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/817/080_priscila_-placa_de_rua_e_buraco_no_colorado_e_lampada_praca.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/818/81-_guto_-_limpeza_no_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/819/082_willian_-_estrada_campos_e_quilombo_na_divisa_com_itapecerica_e_botao_do_panico.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/824/083_willian_-_mutiroes_de_exames_pessoas_idosas.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/825/084_silvana_-_lixeira_na_rua_lei_rios.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/835/085_fabricio_-_poeira_morro_da_cana.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/836/086_willian_-_prevencao_a_golpes.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/838/087_leo_cruz_-_alteracao_de_sentido_na_via_cel_matos.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/839/88_dunga_-_fita_de_medicao_e_agulha.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao-_leo_cruz.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao-_willian.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/856/091_priscila_-lixeira_na_rua_isaltino_teixeira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/857/092_leo_cruz_-_iluminacao_na_praca_antonio_ribeiro_rezende.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/858/093_eduardo_piassi_-_anteprojeto_-_laudo_e_aprovacao_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/859/094_willian_-_palestras_e_cartilha_de_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/860/095_willian_-_psicologos_na_escola.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/864/096_guto_-_construcao_de_passeio_bairro_colorado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/885/097_fabricio_-_revitalizacao_da_av_dom_alexandre_amaral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/886/098_fabricio_-_correcao_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/887/099_fabricio_-_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/888/100_fabricio_-_inversao_de_placa_de_transito.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/889/101_fabricio_-_reparos_no_bebedouro_do_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/890/102_silvana_-_reparos_na_estrada_rural_da_manica.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/891/103_eduardo_piassi_-_poda_de_arvore_na_rua_angelina_ruth_notini_lobato.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/893/104_eduardo_piassi_-_secretaria_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/899/105_silvana_-_reserva_de_vagas_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/900/106_leo_cruz_-_acessibilidade_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/901/107_willian_-_programa_idosos.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/902/108_willian_-_projeto_academia_da_memoria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/903/109_priscila_-_aula_de_danca_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/904/110_priscila_-_mutiroes_de_medicos_especialistas.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/905/111_fabricio_-_limpeza_de_manilhas_em_corrego_da_forquiha.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/906/112_fabricio_-_reparos_na_estrada_rural_do_batatal.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/920/113_priscila_-_substituicao_das_lampadas.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/921/114_priscila_-_rebaixamento_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/922/116_leo_cruz_-_anteprojeto_-_criacao_da_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/923/117_silvana_-_faixa_preferencial_de_pedestre_na_pracinha_da_helia.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/924/118_toninho_-_construcao_de_banheiro_no_parque_so_bem.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/925/119_willian_-_cumprimento_da_lei_municipal_1.576_-_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/926/120_willian_-_aquisicao_de_taca_copo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/927/121_guto_-_poda_das_arvores_pracinhada_helia.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/928/115_priscila_-_retroescavadeira_pra_intervencao_em_rio_na_comundiade_do_riacho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/930/122_dunga_-_agua_para_os_animais.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/931/123_willian_-_pequenos_musicos.doc.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/932/124_willian_-_maquinario_para_plantio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/933/125_guto_-limpeza_em_leito_de_rio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/934/126_guto_-limpeza_bairro_da_varzea.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/935/127_silvana_-_servidores_para_cuidar_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/936/128_fabricio_-_ventiladores_no_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/944/129_priscila_-_quebra_molas_na_rua_antonio_correa_vaz.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/945/130_eduardo_-_limpeza_do_trevo_e_margens_do_rio_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/946/131_eduardo_-_publicidade_na_reposicao_de_insulina.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/947/132_willian_-_projeto_autores_do_amanha.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/948/133_silvana_-_aplicacao_de_herbicida.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/951/134_leo_-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/952/135_eduardo_piassi_-_atividades_na_quadra..pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/953/136_eduardo_piassi_-_lixeira_pracinha_varzea..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/958/137_eduardo_piassi_-_renovacao_automatica_do_alvara.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/959/138_willian_-_pintura_e_instalacao_de_placas_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/960/139_willian_-_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/978/140_willian_-_gratificacao_de_produtividade.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/979/141_willian_-_checkup_masculino.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/980/142_priscila_-_pericia_tecnica_referente_a_insalubridade..pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/981/143_fabricio_-_abertura_de_via_pubica.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/986/144_leo_-_transporte_para_servidor_publico_residente_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/987/145_fabricio_-_expansao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/988/146_willian_-_anteprojeto_-_programa_escola_aberta_e_transporte_para_passageiros_com_alta_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/991/147_guto_-_poda_das_arvores_pracinhada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/149_willian_-_realizacao_de_plaestras_educativas.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/150_willian_-_pracas_sensoriais.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/148_priscila_-_faixa_de_pedestre_na_rua_jose_lobato.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/151_fabricio_-_rocagem_psf_cohab_ii.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/152_fabricio_-_limpeza_mata_burro.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/153_priscila_-_substituicao_da_placa_de_pare_na_rua_carlos_chagas..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/154_willian_-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/155_willian_-_qr_code_em_postes_de_iluminacao_publica.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/612/plc_126_prioridade_regional.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/650/projeto_de_lei_-_altera_a_redacao_da_lei_complementar_82.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/701/02_-_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_87.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/809/2_-_projeto_de_lei_-_altera_a_lc_103.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/810/2_-_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_87.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/821/2_projeto_de_lei_-_isencao_taxa_estado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/846/plc_133.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/849/plc_134.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/850/plc_135.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/861/plc_136.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/956/2-_projeto_de_lei_-_lc_103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/957/2_-_projeto_de_lei_-_lc_87.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/plc_139.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/plc_140.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/622/projeto_de_lei_-_cmde_-_conselho_municipal_de_desenvolvimetno_economico.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/623/pl_1885_entulho.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/624/pl_1886_recuperacao_fiscal.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/625/pl_1887.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/649/pl_1888__taxi_pcd.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/673/pl_1889_almoxarifado_v.2.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/674/pl_1890_controle_frota_v.2.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/680/pl_1892_dup_filarmonica_santa_cecilia.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/684/pl_1892_transporte_pacientes_v.2.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/702/pl_1893_programa_dengue.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/694/2_-_projeto_de_lei_-_autoriza_a_concessao_de_subvencao_social_a_aacm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/712/pl_1895_rainha_da_pipoca_1.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/723/pl_1896_transporte_de_atletas.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/751/ldo_2026_carmo_da_mata_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/759/2_-_projeto_de_lei_-_parque_ecologico_so_bem.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/764/projeto_de_lei_-_consorico_icismep_1.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/765/pl_1900_placa_prioridade.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/766/pl_1901_adm_lgbt.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/787/pl_1902_primeiros_socorros.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/788/pl_1903_fogos_de_artificio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/789/pl_1904_denominacao_ruas.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/806/acrescenta_o_art._85_a_na_lei_1310.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/807/casa_lar.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/811/2_-projeto_de_lei_1672-substitutivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/822/1908_-_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/842/pl_1909.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/843/pl_1910.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/844/pl_1911.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/845/pl_1912.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/847/pl_1913.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/848/pl_1914.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/855/1915.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/862/pl_-_prestacao_de_servicos_de_psicologia_e_de_servico_social_nas_escolas_publicas_de_educacao_basica..docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/892/pl-_brincar_e_para_todos_-_priscila_piassi.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/894/pl_1918.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/895/pl_1919.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/896/projeto_de_orcamento_2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/897/ppa_2026-2029_carmo_da_mata-_revisado_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/898/projeto_de_lei.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/929/pl_1923.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/941/projeto_de_lei_-_altera_o_artigo_14o_da_lei_1.520_de_07_de_abril_de_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/942/projeto_de_lei_-_altera_o_artigo_4o_da_lei_1.531_de_29_de_junho_de_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/961/projeto_de_lei_ordinaria_1926_de_2025.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/962/projeto_de_lei_ordinaria_1927_de_2025.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/983/2_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_ordinaria_1929_de_2025.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/pl_1930.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/756/resolucao_pronto_pagamento.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/773/pres_300.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/950/projeto_de_resolucaono_301_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_resolucao_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/721/104_-_oficio_camara_-_veto_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/761/oficio_118.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/907/veto_pl_1908.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/639/pl_1885_em_01_entulho.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/705/pl_1892_em_01_transporte_pacientes.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/706/pl_1892_em_02_transporte_pacientes.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/803/pl_1897_ldo_emendas.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/964/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/emendas_impositivas_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/658/substitutivo_ao_projeto_de_lei_-_altera_a_redacao_da_lei_complementar_82.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/667/pl_1887_sub_piso_enfermagem.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/734/pl_1893_programa_dengue_subs_01.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/797/ldo_2026_-_com_exposicao_de_motivos_-_substituir_na_camara.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/872/substitutivo_pl_1909.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/1_-_projeto_de_lei_-_codigo_tributario_carmo_da_mata_v2_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/816/01_-_manquebra.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/832/02_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/949/03_-_amazil.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/633/007-_santa_casa_-_toninho.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/641/008-_transporte_escolar_-_dunga.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/642/009-_gasolina_-_silvana.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/652/010-_dispensa_01_-_dunga.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/672/011-_palavra_-_aderlon.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/683/012-_palavra_-_albano.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/679/013-_convocacao_-_guto.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/717/014_-_palavra_junia.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/719/015-_contra-cheque.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/720/016_-_palavra_mateus.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/729/017_-_palavra_almir.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/730/018-_cachoeira_-_fabricio.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/752/020-_aluguel_de_maquinas_-_fabricio.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/770/021-_cacimbas_-_willian.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/771/022-_convocacao_-_silvana.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/777/023-_transporte_escolar_-_willian.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/799/024-_imoveis_-_silvana.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/800/025-_palavra_-_carol_emater.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/820/026-_resposta_indicacoes_-_leo_cruz.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/823/027-_prestacao_de_contas_maquinas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/830/028-_equiparacao_salarial_-_willian.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/831/029-_convocacao_-_waltinho.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/865/30_-_emendas_impositivas_-_toninho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/943/31_-_convocacao_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/954/032_-_requerimento_alessandra.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/955/requerimento-_willian.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/982/033-_convocacao_-_secretaria_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/984/34_-_palavra_francisco_correa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/989/35_-_previsao_de_pericias_medicas-_fabricio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/990/36_-_convocacao_secretario_de_obras.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/37_-_palavra.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/618/parecer_01-25_cljr_plc_126.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/619/parecer_01-25_cffo_plc_126.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/634/parecer_02-25_cljr_pl_1884.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/635/parecer_03-25_cljr_pl_1885.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/636/parecer_01-25_cspm_pl_1884.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/637/parecer_02-25_cspm_pl_1885.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/638/parecer_02-25_cffo_pl_1884.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/640/parecer_04-25_cljr_pl_1886.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/647/parecer_05-25_cljr_pl_1887.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/651/parecer_06-25_cljr_plc_127.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/660/parecer_03-25_cffo_pl_1886.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/661/parecer_03-25_cspm_pl_1886.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/663/parecer_04-25_cffo_pl_1887.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/665/parecer_05-25_cffo_plc_127.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/666/parecer_04-25_cspm_plc_127.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/689/parecer_07-25_cljr_pl_1889.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/690/parecer_05-25_cspm_pl_1889.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/691/parecer_08-25_cljr_pl_1890.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/692/parecer_06-25_cspm_pl_1890.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/703/parecer_09-25_cljr_pl_1891.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/704/parecer_07-25_cspm_pl_1891.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/707/parecer_11-25_cljr_plc_128.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/708/parecer_06-25_cffo_plc_128.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/709/parecer_09-25_cspm_plc_128.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/710/parecer_10-25_cljr_pl_1892.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/711/parecer_08-25_cspm_pl_1892.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/735/parecer_12-25_cljr_pl_1893.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/736/parecer_10-25_cspm_pl_1893.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/737/parecer_13-25_cljr_pl_1894.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/738/parecer_07-25_cffo_pl_1894.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/739/parecer_11-25_cspm_pl_1894.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/740/parecer_14-25_cljr_pl_1895.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/741/parecer_12-25_cspm_pl_1895.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/742/parecer_15-25_cljr_pl_1896.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/743/parecer_08-25_cffo_pl_1896.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/744/parecer_13-25_cspm_pl_1896.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/774/parecer_20-25_cljr_pres_299.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/775/parecer_10-25_cffo_pres_299.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/776/parecer_21-25_cljr_pres_300.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/778/parecer_22-25_cljr_pl_1898.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/780/parecer_16-25_cspm_pl_1898.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/782/parecer_23-25_cljr_pl_1900.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/783/parecer_17-25_cspm_pl_1900.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/785/parecer_24-25_cljr_pl_1901.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/786/parecer_18-25_cspm_pl_1901.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/790/parecer_19-25_cljr_pl_1899.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/791/parecer_09-25_cffo_pl_1899.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/792/parecer_14-25_cspm_pl_1899.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/793/parecer_25-25_cljr_pl_1903.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/794/parecer_19-25_cspm_pl_1903.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/801/parecer_27-25_cljr_pl_1897_ldo.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/802/parecer_11-25_cffo_pl_1897_ldo.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/837/parecer_58_-_plc_132.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/828/parecer_1908_cspm.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/833/parecer_1908_-_cljr.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/834/parecer_1908_cspm.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/867/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/868/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/869/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/870/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/871/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/873/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/874/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/875/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/876/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/877/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/878/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/879/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/880/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/882/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/883/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/884/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/908/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/909/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/910/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/911/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/912/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/914/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/915/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/916/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/917/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/918/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/919/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/937/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/938/parecer_da_comissao_de_servicos_publicos.docx.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/939/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/940/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/963/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/965/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/966/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/967/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/968/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/969/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/970/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/971/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/972/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/973/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/974/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/975/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/992/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/993/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/994/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/995/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/997/parecer_cffo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/998/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/999/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/parecer_da_comissao_de_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/parecer_da_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/parecer_da_comissao_de_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/611/001_willian_-_isonomia_salarial.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/614/002_willian_-_estrada_e_estudantes.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/615/003_eduardo_-_redutor_de_velocidade_trevo.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/616/004_silvana_-_quebra_mola_ponte_cemei_cras.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/617/005_fabricio_-_transito_e_estrada.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/620/006_guto_-_esgoto_nephtali.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/621/007_dunga_-_felix.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/626/008_toninho_-_valvula_retencao.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/627/009_eduardo_-.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/628/010_silvana_-_pracinha_da_helia.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/629/011_willian_-.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/630/012_priscila.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/631/013_leo_cruz.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/632/014_guto_do_esporte.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/643/015_willian_-.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/644/016_eduardo_-.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/645/17_dunga_-_pediatra.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/646/018_leo_cruz_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/648/19_silvana_quebra_mola.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/654/022_priscila.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/655/023_eduardo_-_lampadas_da_praca.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/656/024_willian_-.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/657/25_dunga_-_patrulha_rural.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/669/26_dunga_-_poco_artesiano_e_grama.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/670/027_leo_cruz_-_cumprimento_de_lei.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/671/028_eduardo_-_asfaltar_estrada_forquilha.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/675/29_dunga_-_rocar_estrada_da_forquilha.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/676/30_toninho_-_estrada_dos_felix.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/677/031_-_guto_-.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/678/032_willian_-.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/681/033_leo_cruz_-_reforma_escola.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/682/034_silvana_-_rua_joaquim_teodoro.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/685/035_silvana_-_estrada_rural.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/686/036_eduardo_-_iluminacao_parque_e_limpeza_de_ruas.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/687/037_leo_cruz_-_cronograma.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/688/038_willian_-_estrada_e_escola.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/696/041_priscila_-_banheiros.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/697/042_eduardo_-_usina.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/698/043_-_guto_-_terreno.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/699/044_willian_-_campo_e_psf.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/700/045_leo_cruz_-_agua_pluvial_e_limpeza_lotes.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/714/047_priscila_-.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/715/048_fabricio_-_fazenda_mauro_cicero.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/724/49_dunga_-_mutirao_de_limpeza.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/725/50_priscila_-_campos_felix.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/726/51_-_guto_-_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/727/052_eduardo_-_estrada_iluminacao_lixeira.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/728/053_fabricio_-_estrada_da_cachoeira.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/733/055_eduardo_-_mao_unica.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/746/057_eduardo_-_estrada_e_recapeamento_de_vias.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/747/058_willian_-_ceder_veiculo_para_a_cultura.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/748/059_leo_cruz_-_manutencao_em_veiculos.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/749/060_willian_-_mata_burro_e_recapeamento_de_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/750/061_silvana_-_mao_unica_rua_alexanfre_afonso.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/753/062_silvana_-_calcamento_joaquim_pereira_notini.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/754/063_fabricio_-_recapeamento_bom_jesus.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/755/64_dunga_-_quebra_mola_riacho.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/760/065_priscila_-sinal_de_tv_e_medicamentos.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/763/066_silvana_-_calcamento_francisco_cambraia.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/767/067_eduardo_-_cachorro_de_rua_e_cadeira_de_dentista.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/768/068_willian_-_mata_burro_poda_de_arvore_cameras__frias.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/769/069_leo_cruz_-_quebra_mola_honorio_silveira.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/779/070_eduardo_-_brigada_incendio.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/781/071_fabricio_-_joao_goncalves_de_abreu.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/784/072_willian_-_rua_jose_de_matos_limpeza_acude.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/798/073_leo_cruz_-_agente_de_licitacao.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/804/074_eduardo_-_faixa_amarela.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/805/075_willian_-_anteprojeto.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/812/076_willian_-_carga_horaria_departamento_de_engenharia.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/813/077_leo_cruz_-_construcao_de_meio_fio.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/814/78-_guto_-_quebra_molas_rua_chico_pires.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/815/079_priscila_-cumprimento_lei_parcelamento_solo.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/817/080_priscila_-placa_de_rua_e_buraco_no_colorado_e_lampada_praca.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/818/81-_guto_-_limpeza_no_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/819/082_willian_-_estrada_campos_e_quilombo_na_divisa_com_itapecerica_e_botao_do_panico.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/824/083_willian_-_mutiroes_de_exames_pessoas_idosas.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/825/084_silvana_-_lixeira_na_rua_lei_rios.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/835/085_fabricio_-_poeira_morro_da_cana.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/836/086_willian_-_prevencao_a_golpes.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/838/087_leo_cruz_-_alteracao_de_sentido_na_via_cel_matos.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/839/88_dunga_-_fita_de_medicao_e_agulha.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao-_leo_cruz.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao-_willian.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/856/091_priscila_-lixeira_na_rua_isaltino_teixeira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/857/092_leo_cruz_-_iluminacao_na_praca_antonio_ribeiro_rezende.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/858/093_eduardo_piassi_-_anteprojeto_-_laudo_e_aprovacao_da_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/859/094_willian_-_palestras_e_cartilha_de_prevencao_ao_suicidio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/860/095_willian_-_psicologos_na_escola.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/864/096_guto_-_construcao_de_passeio_bairro_colorado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/885/097_fabricio_-_revitalizacao_da_av_dom_alexandre_amaral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/886/098_fabricio_-_correcao_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/887/099_fabricio_-_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/888/100_fabricio_-_inversao_de_placa_de_transito.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/889/101_fabricio_-_reparos_no_bebedouro_do_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/890/102_silvana_-_reparos_na_estrada_rural_da_manica.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/891/103_eduardo_piassi_-_poda_de_arvore_na_rua_angelina_ruth_notini_lobato.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/893/104_eduardo_piassi_-_secretaria_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/899/105_silvana_-_reserva_de_vagas_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/900/106_leo_cruz_-_acessibilidade_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/901/107_willian_-_programa_idosos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/902/108_willian_-_projeto_academia_da_memoria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/903/109_priscila_-_aula_de_danca_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/904/110_priscila_-_mutiroes_de_medicos_especialistas.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/905/111_fabricio_-_limpeza_de_manilhas_em_corrego_da_forquiha.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/906/112_fabricio_-_reparos_na_estrada_rural_do_batatal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/920/113_priscila_-_substituicao_das_lampadas.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/921/114_priscila_-_rebaixamento_de_manilhas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/922/116_leo_cruz_-_anteprojeto_-_criacao_da_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/923/117_silvana_-_faixa_preferencial_de_pedestre_na_pracinha_da_helia.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/924/118_toninho_-_construcao_de_banheiro_no_parque_so_bem.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/925/119_willian_-_cumprimento_da_lei_municipal_1.576_-_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/926/120_willian_-_aquisicao_de_taca_copo.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/927/121_guto_-_poda_das_arvores_pracinhada_helia.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/928/115_priscila_-_retroescavadeira_pra_intervencao_em_rio_na_comundiade_do_riacho.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/930/122_dunga_-_agua_para_os_animais.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/931/123_willian_-_pequenos_musicos.doc.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/932/124_willian_-_maquinario_para_plantio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/933/125_guto_-limpeza_em_leito_de_rio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/934/126_guto_-limpeza_bairro_da_varzea.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/935/127_silvana_-_servidores_para_cuidar_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/936/128_fabricio_-_ventiladores_no_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/944/129_priscila_-_quebra_molas_na_rua_antonio_correa_vaz.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/945/130_eduardo_-_limpeza_do_trevo_e_margens_do_rio_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/946/131_eduardo_-_publicidade_na_reposicao_de_insulina.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/947/132_willian_-_projeto_autores_do_amanha.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/948/133_silvana_-_aplicacao_de_herbicida.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/951/134_leo_-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/952/135_eduardo_piassi_-_atividades_na_quadra..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/953/136_eduardo_piassi_-_lixeira_pracinha_varzea..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/958/137_eduardo_piassi_-_renovacao_automatica_do_alvara.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/959/138_willian_-_pintura_e_instalacao_de_placas_de_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/960/139_willian_-_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/978/140_willian_-_gratificacao_de_produtividade.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/979/141_willian_-_checkup_masculino.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/980/142_priscila_-_pericia_tecnica_referente_a_insalubridade..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/981/143_fabricio_-_abertura_de_via_pubica.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/986/144_leo_-_transporte_para_servidor_publico_residente_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/987/145_fabricio_-_expansao_do_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/988/146_willian_-_anteprojeto_-_programa_escola_aberta_e_transporte_para_passageiros_com_alta_hospitalar.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/991/147_guto_-_poda_das_arvores_pracinhada_do_sol.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/149_willian_-_realizacao_de_plaestras_educativas.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/150_willian_-_pracas_sensoriais.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/148_priscila_-_faixa_de_pedestre_na_rua_jose_lobato.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/151_fabricio_-_rocagem_psf_cohab_ii.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/152_fabricio_-_limpeza_mata_burro.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/153_priscila_-_substituicao_da_placa_de_pare_na_rua_carlos_chagas..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/154_willian_-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/155_willian_-_qr_code_em_postes_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/156_silvana_-_extensao_horario_farmacia.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodamata.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/157_silvana_-_professor_de_libras.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H395"/>
+  <dimension ref="A1:H398"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="176.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7628,7268 +7661,7346 @@
       </c>
       <c r="D117" t="s">
         <v>364</v>
       </c>
       <c r="E117" t="s">
         <v>365</v>
       </c>
       <c r="F117" t="s">
         <v>82</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>488</v>
       </c>
       <c r="H117" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>490</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>308</v>
+        <v>491</v>
       </c>
       <c r="D118" t="s">
-        <v>491</v>
+        <v>364</v>
       </c>
       <c r="E118" t="s">
+        <v>365</v>
+      </c>
+      <c r="F118" t="s">
+        <v>383</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>494</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>308</v>
+      </c>
+      <c r="D119" t="s">
         <v>495</v>
       </c>
-      <c r="B119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E119" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F119" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H119" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D120" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E120" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F120" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H120" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D121" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E121" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F121" t="s">
         <v>311</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H121" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D122" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E122" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F122" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H122" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>508</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="D123" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E123" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F123" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H123" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>363</v>
+        <v>327</v>
       </c>
       <c r="D124" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E124" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F124" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H124" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="D125" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E125" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F125" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H125" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D126" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E126" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F126" t="s">
         <v>311</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H126" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D127" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E127" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F127" t="s">
         <v>311</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H127" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="D128" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E128" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F128" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H128" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D129" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E129" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F129" t="s">
-        <v>505</v>
+        <v>287</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H129" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="D130" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E130" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F130" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H130" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="D131" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E131" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F131" t="s">
         <v>287</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H131" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="D132" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E132" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F132" t="s">
-        <v>505</v>
+        <v>287</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H132" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D133" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E133" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F133" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H133" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D134" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E134" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F134" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H134" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D135" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E135" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F135" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H135" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D136" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E136" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F136" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H136" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D137" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E137" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F137" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H137" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D138" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E138" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F138" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H138" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D139" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E139" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F139" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H139" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="D140" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E140" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F140" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H140" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D141" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E141" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F141" t="s">
-        <v>505</v>
+        <v>287</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H141" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D142" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E142" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F142" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H142" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D143" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E143" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F143" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H143" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D144" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E144" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F144" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H144" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D145" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E145" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F145" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H145" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D146" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E146" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F146" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H146" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D147" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E147" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F147" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H147" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D148" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E148" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F148" t="s">
-        <v>505</v>
+        <v>287</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H148" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D149" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E149" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F149" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H149" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D150" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E150" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F150" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H150" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="D151" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E151" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F151" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="H151" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>596</v>
+        <v>487</v>
       </c>
       <c r="D152" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E152" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F152" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H152" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>599</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
+        <v>491</v>
+      </c>
+      <c r="D153" t="s">
+        <v>495</v>
+      </c>
+      <c r="E153" t="s">
+        <v>496</v>
+      </c>
+      <c r="F153" t="s">
+        <v>287</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="D153" t="s">
-[...8 lines deleted...]
-      <c r="G153" s="1" t="s">
+      <c r="H153" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>602</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
         <v>603</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="D154" t="s">
+        <v>495</v>
+      </c>
+      <c r="E154" t="s">
+        <v>496</v>
+      </c>
+      <c r="F154" t="s">
+        <v>509</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="D154" t="s">
-[...8 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>606</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>607</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>495</v>
+      </c>
+      <c r="E155" t="s">
+        <v>496</v>
+      </c>
+      <c r="F155" t="s">
+        <v>311</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="D155" t="s">
-[...8 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>610</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
         <v>611</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="D156" t="s">
+        <v>495</v>
+      </c>
+      <c r="E156" t="s">
+        <v>496</v>
+      </c>
+      <c r="F156" t="s">
+        <v>287</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="D156" t="s">
-[...8 lines deleted...]
-      <c r="G156" s="1" t="s">
+      <c r="H156" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>614</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
         <v>615</v>
       </c>
-      <c r="B157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D157" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E157" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F157" t="s">
         <v>311</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H157" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>618</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>619</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>495</v>
+      </c>
+      <c r="E158" t="s">
+        <v>496</v>
+      </c>
+      <c r="F158" t="s">
+        <v>311</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="D158" t="s">
-[...8 lines deleted...]
-      <c r="G158" s="1" t="s">
+      <c r="H158" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>622</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
         <v>623</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="D159" t="s">
+        <v>495</v>
+      </c>
+      <c r="E159" t="s">
+        <v>496</v>
+      </c>
+      <c r="F159" t="s">
+        <v>509</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="D159" t="s">
-[...8 lines deleted...]
-      <c r="G159" s="1" t="s">
+      <c r="H159" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>626</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>627</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="D160" t="s">
+        <v>495</v>
+      </c>
+      <c r="E160" t="s">
+        <v>496</v>
+      </c>
+      <c r="F160" t="s">
+        <v>311</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="D160" t="s">
-[...8 lines deleted...]
-      <c r="G160" s="1" t="s">
+      <c r="H160" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>630</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
         <v>631</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="D161" t="s">
+        <v>495</v>
+      </c>
+      <c r="E161" t="s">
+        <v>496</v>
+      </c>
+      <c r="F161" t="s">
+        <v>509</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="D161" t="s">
-[...8 lines deleted...]
-      <c r="G161" s="1" t="s">
+      <c r="H161" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>634</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>635</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>495</v>
+      </c>
+      <c r="E162" t="s">
+        <v>496</v>
+      </c>
+      <c r="F162" t="s">
+        <v>311</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="D162" t="s">
-[...8 lines deleted...]
-      <c r="G162" s="1" t="s">
+      <c r="H162" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>638</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>639</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>495</v>
+      </c>
+      <c r="E163" t="s">
+        <v>496</v>
+      </c>
+      <c r="F163" t="s">
+        <v>509</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="D163" t="s">
-[...8 lines deleted...]
-      <c r="G163" s="1" t="s">
+      <c r="H163" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>642</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
         <v>643</v>
       </c>
-      <c r="B164" t="s">
-[...2 lines deleted...]
-      <c r="C164" t="s">
+      <c r="D164" t="s">
+        <v>495</v>
+      </c>
+      <c r="E164" t="s">
+        <v>496</v>
+      </c>
+      <c r="F164" t="s">
+        <v>311</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="D164" t="s">
-[...8 lines deleted...]
-      <c r="G164" s="1" t="s">
+      <c r="H164" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>646</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>647</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>495</v>
+      </c>
+      <c r="E165" t="s">
+        <v>496</v>
+      </c>
+      <c r="F165" t="s">
+        <v>287</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="D165" t="s">
-[...8 lines deleted...]
-      <c r="G165" s="1" t="s">
+      <c r="H165" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>650</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
         <v>651</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="D166" t="s">
+        <v>495</v>
+      </c>
+      <c r="E166" t="s">
+        <v>496</v>
+      </c>
+      <c r="F166" t="s">
+        <v>509</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="D166" t="s">
-[...8 lines deleted...]
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>654</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>655</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="D167" t="s">
+        <v>495</v>
+      </c>
+      <c r="E167" t="s">
+        <v>496</v>
+      </c>
+      <c r="F167" t="s">
+        <v>311</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="D167" t="s">
-[...8 lines deleted...]
-      <c r="G167" s="1" t="s">
+      <c r="H167" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>658</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
         <v>659</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>495</v>
+      </c>
+      <c r="E168" t="s">
+        <v>496</v>
+      </c>
+      <c r="F168" t="s">
+        <v>509</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>660</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="H168" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>662</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>663</v>
       </c>
       <c r="D169" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E169" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F169" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H169" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>665</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>666</v>
       </c>
       <c r="D170" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E170" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F170" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G170" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H170" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>668</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
         <v>669</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="D171" t="s">
+        <v>495</v>
+      </c>
+      <c r="E171" t="s">
+        <v>496</v>
+      </c>
+      <c r="F171" t="s">
+        <v>311</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D171" t="s">
-[...8 lines deleted...]
-      <c r="G171" s="1" t="s">
+      <c r="H171" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>672</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
         <v>673</v>
       </c>
-      <c r="B172" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E172" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F172" t="s">
         <v>287</v>
       </c>
       <c r="G172" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H172" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>676</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
         <v>677</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="D173" t="s">
+        <v>495</v>
+      </c>
+      <c r="E173" t="s">
+        <v>496</v>
+      </c>
+      <c r="F173" t="s">
+        <v>287</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>678</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
       <c r="H173" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>680</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>681</v>
       </c>
       <c r="D174" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E174" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F174" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G174" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H174" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>683</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
         <v>684</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="D175" t="s">
+        <v>495</v>
+      </c>
+      <c r="E175" t="s">
+        <v>496</v>
+      </c>
+      <c r="F175" t="s">
+        <v>509</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="D175" t="s">
-[...8 lines deleted...]
-      <c r="G175" s="1" t="s">
+      <c r="H175" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>687</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
         <v>688</v>
       </c>
-      <c r="B176" t="s">
-[...2 lines deleted...]
-      <c r="C176" t="s">
+      <c r="D176" t="s">
+        <v>495</v>
+      </c>
+      <c r="E176" t="s">
+        <v>496</v>
+      </c>
+      <c r="F176" t="s">
+        <v>311</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="D176" t="s">
-[...8 lines deleted...]
-      <c r="G176" s="1" t="s">
+      <c r="H176" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>691</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>692</v>
       </c>
-      <c r="B177" t="s">
-[...2 lines deleted...]
-      <c r="C177" t="s">
+      <c r="D177" t="s">
+        <v>495</v>
+      </c>
+      <c r="E177" t="s">
+        <v>496</v>
+      </c>
+      <c r="F177" t="s">
+        <v>509</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="D177" t="s">
-[...8 lines deleted...]
-      <c r="G177" s="1" t="s">
+      <c r="H177" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>695</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
         <v>696</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="D178" t="s">
+        <v>495</v>
+      </c>
+      <c r="E178" t="s">
+        <v>496</v>
+      </c>
+      <c r="F178" t="s">
+        <v>311</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="D178" t="s">
-[...8 lines deleted...]
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>699</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>700</v>
       </c>
       <c r="D179" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E179" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F179" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>701</v>
       </c>
       <c r="H179" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>702</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
         <v>703</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="D180" t="s">
+        <v>495</v>
+      </c>
+      <c r="E180" t="s">
+        <v>496</v>
+      </c>
+      <c r="F180" t="s">
+        <v>311</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="D180" t="s">
-[...8 lines deleted...]
-      <c r="G180" s="1" t="s">
+      <c r="H180" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>706</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>707</v>
       </c>
       <c r="D181" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E181" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F181" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>708</v>
       </c>
       <c r="H181" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>709</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>710</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>495</v>
+      </c>
+      <c r="E182" t="s">
+        <v>496</v>
+      </c>
+      <c r="F182" t="s">
+        <v>311</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="D182" t="s">
-[...8 lines deleted...]
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>713</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>714</v>
       </c>
       <c r="D183" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E183" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F183" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>715</v>
       </c>
       <c r="H183" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>716</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
         <v>717</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="D184" t="s">
+        <v>495</v>
+      </c>
+      <c r="E184" t="s">
+        <v>496</v>
+      </c>
+      <c r="F184" t="s">
+        <v>311</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D184" t="s">
-[...8 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>720</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>721</v>
       </c>
       <c r="D185" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E185" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F185" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>722</v>
       </c>
       <c r="H185" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>723</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
         <v>724</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="D186" t="s">
+        <v>495</v>
+      </c>
+      <c r="E186" t="s">
+        <v>496</v>
+      </c>
+      <c r="F186" t="s">
+        <v>311</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="D186" t="s">
-[...8 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>727</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>728</v>
       </c>
       <c r="D187" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E187" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F187" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>729</v>
       </c>
       <c r="H187" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>730</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>731</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+      <c r="D188" t="s">
+        <v>495</v>
+      </c>
+      <c r="E188" t="s">
+        <v>496</v>
+      </c>
+      <c r="F188" t="s">
+        <v>311</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="D188" t="s">
-[...8 lines deleted...]
-      <c r="G188" s="1" t="s">
+      <c r="H188" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>734</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>735</v>
       </c>
       <c r="D189" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E189" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F189" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>736</v>
       </c>
       <c r="H189" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>737</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>738</v>
       </c>
-      <c r="B190" t="s">
-[...2 lines deleted...]
-      <c r="C190" t="s">
+      <c r="D190" t="s">
+        <v>495</v>
+      </c>
+      <c r="E190" t="s">
+        <v>496</v>
+      </c>
+      <c r="F190" t="s">
+        <v>311</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="D190" t="s">
-[...8 lines deleted...]
-      <c r="G190" s="1" t="s">
+      <c r="H190" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>741</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>742</v>
       </c>
       <c r="D191" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E191" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F191" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>743</v>
       </c>
       <c r="H191" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>744</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
         <v>745</v>
       </c>
-      <c r="B192" t="s">
-[...2 lines deleted...]
-      <c r="C192" t="s">
+      <c r="D192" t="s">
+        <v>495</v>
+      </c>
+      <c r="E192" t="s">
+        <v>496</v>
+      </c>
+      <c r="F192" t="s">
+        <v>311</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D192" t="s">
-[...8 lines deleted...]
-      <c r="G192" s="1" t="s">
+      <c r="H192" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>748</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>749</v>
       </c>
       <c r="D193" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E193" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F193" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>750</v>
       </c>
       <c r="H193" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>751</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
         <v>752</v>
       </c>
-      <c r="B194" t="s">
-[...2 lines deleted...]
-      <c r="C194" t="s">
+      <c r="D194" t="s">
+        <v>495</v>
+      </c>
+      <c r="E194" t="s">
+        <v>496</v>
+      </c>
+      <c r="F194" t="s">
+        <v>311</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="D194" t="s">
-[...8 lines deleted...]
-      <c r="G194" s="1" t="s">
+      <c r="H194" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>755</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>756</v>
       </c>
       <c r="D195" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E195" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F195" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>757</v>
       </c>
       <c r="H195" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>758</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
         <v>759</v>
       </c>
-      <c r="B196" t="s">
-[...2 lines deleted...]
-      <c r="C196" t="s">
+      <c r="D196" t="s">
+        <v>495</v>
+      </c>
+      <c r="E196" t="s">
+        <v>496</v>
+      </c>
+      <c r="F196" t="s">
+        <v>311</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D196" t="s">
-[...8 lines deleted...]
-      <c r="G196" s="1" t="s">
+      <c r="H196" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>762</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
         <v>763</v>
       </c>
-      <c r="B197" t="s">
-[...2 lines deleted...]
-      <c r="C197" t="s">
+      <c r="D197" t="s">
+        <v>495</v>
+      </c>
+      <c r="E197" t="s">
+        <v>496</v>
+      </c>
+      <c r="F197" t="s">
+        <v>509</v>
+      </c>
+      <c r="G197" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="D197" t="s">
-[...8 lines deleted...]
-      <c r="G197" s="1" t="s">
+      <c r="H197" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>766</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>767</v>
       </c>
       <c r="D198" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E198" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F198" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H198" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>769</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>770</v>
       </c>
       <c r="D199" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E199" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F199" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H199" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>772</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>773</v>
       </c>
       <c r="D200" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E200" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F200" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H200" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>775</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>776</v>
       </c>
       <c r="D201" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E201" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F201" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H201" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>778</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
         <v>779</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="D202" t="s">
+        <v>495</v>
+      </c>
+      <c r="E202" t="s">
+        <v>496</v>
+      </c>
+      <c r="F202" t="s">
+        <v>287</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="D202" t="s">
-[...8 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>782</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>783</v>
       </c>
       <c r="D203" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E203" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F203" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>784</v>
       </c>
       <c r="H203" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>785</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>786</v>
       </c>
       <c r="D204" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E204" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F204" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>787</v>
       </c>
       <c r="H204" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>788</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>789</v>
       </c>
       <c r="D205" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E205" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F205" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H205" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>791</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>792</v>
       </c>
       <c r="D206" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E206" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F206" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>793</v>
       </c>
       <c r="H206" t="s">
-        <v>794</v>
+        <v>765</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>794</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
         <v>795</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="D207" t="s">
+        <v>495</v>
+      </c>
+      <c r="E207" t="s">
+        <v>496</v>
+      </c>
+      <c r="F207" t="s">
+        <v>311</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="D207" t="s">
-[...8 lines deleted...]
-      <c r="G207" s="1" t="s">
+      <c r="H207" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>798</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
         <v>799</v>
       </c>
-      <c r="B208" t="s">
-[...2 lines deleted...]
-      <c r="C208" t="s">
+      <c r="D208" t="s">
+        <v>495</v>
+      </c>
+      <c r="E208" t="s">
+        <v>496</v>
+      </c>
+      <c r="F208" t="s">
+        <v>509</v>
+      </c>
+      <c r="G208" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="D208" t="s">
-[...8 lines deleted...]
-      <c r="G208" s="1" t="s">
+      <c r="H208" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>802</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
         <v>803</v>
       </c>
-      <c r="B209" t="s">
-[...2 lines deleted...]
-      <c r="C209" t="s">
+      <c r="D209" t="s">
+        <v>495</v>
+      </c>
+      <c r="E209" t="s">
+        <v>496</v>
+      </c>
+      <c r="F209" t="s">
+        <v>287</v>
+      </c>
+      <c r="G209" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="D209" t="s">
-[...8 lines deleted...]
-      <c r="G209" s="1" t="s">
+      <c r="H209" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>806</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>807</v>
       </c>
       <c r="D210" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E210" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F210" t="s">
         <v>311</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>808</v>
       </c>
       <c r="H210" t="s">
-        <v>758</v>
+        <v>797</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>809</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>810</v>
       </c>
       <c r="D211" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E211" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F211" t="s">
         <v>311</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H211" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>812</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>813</v>
       </c>
       <c r="D212" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E212" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F212" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>814</v>
       </c>
       <c r="H212" t="s">
-        <v>815</v>
+        <v>761</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>815</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
         <v>816</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="D213" t="s">
+        <v>495</v>
+      </c>
+      <c r="E213" t="s">
+        <v>496</v>
+      </c>
+      <c r="F213" t="s">
+        <v>287</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="D213" t="s">
-[...8 lines deleted...]
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>819</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>820</v>
       </c>
       <c r="D214" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E214" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F214" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>821</v>
       </c>
       <c r="H214" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>822</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>823</v>
       </c>
       <c r="D215" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E215" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F215" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H215" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>825</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>826</v>
       </c>
       <c r="D216" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E216" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F216" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>827</v>
       </c>
       <c r="H216" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>828</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>829</v>
       </c>
       <c r="D217" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E217" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F217" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>830</v>
       </c>
       <c r="H217" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>831</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>832</v>
       </c>
       <c r="D218" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E218" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F218" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>833</v>
       </c>
       <c r="H218" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>834</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>835</v>
       </c>
       <c r="D219" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E219" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F219" t="s">
         <v>287</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>836</v>
       </c>
       <c r="H219" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>837</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>838</v>
       </c>
       <c r="D220" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E220" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F220" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>839</v>
       </c>
       <c r="H220" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>840</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>841</v>
       </c>
       <c r="D221" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E221" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F221" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>842</v>
       </c>
       <c r="H221" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>843</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>844</v>
       </c>
       <c r="D222" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E222" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F222" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>845</v>
       </c>
       <c r="H222" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>846</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>847</v>
       </c>
       <c r="D223" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E223" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F223" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>848</v>
       </c>
       <c r="H223" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>849</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>850</v>
       </c>
       <c r="D224" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E224" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F224" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>851</v>
       </c>
       <c r="H224" t="s">
-        <v>852</v>
+        <v>818</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>852</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
         <v>853</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="D225" t="s">
+        <v>495</v>
+      </c>
+      <c r="E225" t="s">
+        <v>496</v>
+      </c>
+      <c r="F225" t="s">
+        <v>287</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="D225" t="s">
-[...8 lines deleted...]
-      <c r="G225" s="1" t="s">
+      <c r="H225" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>856</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>857</v>
       </c>
       <c r="D226" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E226" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F226" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>858</v>
       </c>
       <c r="H226" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>859</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>860</v>
       </c>
       <c r="D227" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E227" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F227" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>861</v>
       </c>
       <c r="H227" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>862</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>863</v>
       </c>
       <c r="D228" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E228" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F228" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>864</v>
       </c>
       <c r="H228" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>865</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>866</v>
       </c>
       <c r="D229" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E229" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F229" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>867</v>
       </c>
       <c r="H229" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>868</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>869</v>
       </c>
       <c r="D230" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E230" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F230" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>870</v>
       </c>
       <c r="H230" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>871</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>872</v>
       </c>
       <c r="D231" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E231" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F231" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>873</v>
       </c>
       <c r="H231" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>874</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>875</v>
       </c>
       <c r="D232" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E232" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F232" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>876</v>
       </c>
       <c r="H232" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>877</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>878</v>
       </c>
       <c r="D233" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E233" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F233" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>879</v>
       </c>
       <c r="H233" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>880</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>881</v>
       </c>
       <c r="D234" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E234" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F234" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>882</v>
       </c>
       <c r="H234" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>883</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>884</v>
       </c>
       <c r="D235" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E235" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F235" t="s">
-        <v>311</v>
+        <v>509</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>885</v>
       </c>
       <c r="H235" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>886</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>887</v>
       </c>
       <c r="D236" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E236" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F236" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>888</v>
       </c>
       <c r="H236" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>889</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>890</v>
       </c>
       <c r="D237" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E237" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F237" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>891</v>
       </c>
       <c r="H237" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>892</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>893</v>
       </c>
       <c r="D238" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E238" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F238" t="s">
-        <v>505</v>
+        <v>311</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>894</v>
       </c>
       <c r="H238" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>895</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>10</v>
+        <v>896</v>
       </c>
       <c r="D239" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E239" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F239" t="s">
-        <v>287</v>
+        <v>509</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H239" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D240" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E240" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F240" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="H240" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D241" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E241" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F241" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="H241" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>308</v>
+        <v>22</v>
       </c>
       <c r="D242" t="s">
-        <v>902</v>
+        <v>495</v>
       </c>
       <c r="E242" t="s">
+        <v>496</v>
+      </c>
+      <c r="F242" t="s">
+        <v>287</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F242" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H242" t="s">
-        <v>905</v>
+        <v>855</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="D243" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E243" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F243" t="s">
         <v>112</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>907</v>
       </c>
       <c r="H243" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>909</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D244" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E244" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F244" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>910</v>
       </c>
       <c r="H244" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>912</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D245" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E245" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F245" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>913</v>
       </c>
       <c r="H245" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>915</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D246" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E246" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F246" t="s">
-        <v>412</v>
+        <v>82</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>916</v>
       </c>
       <c r="H246" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>918</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="D247" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E247" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F247" t="s">
-        <v>159</v>
+        <v>412</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>919</v>
       </c>
       <c r="H247" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>921</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>363</v>
+        <v>327</v>
       </c>
       <c r="D248" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E248" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F248" t="s">
-        <v>370</v>
+        <v>159</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>922</v>
       </c>
       <c r="H248" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>924</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="D249" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E249" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F249" t="s">
-        <v>130</v>
+        <v>370</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>925</v>
       </c>
       <c r="H249" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>927</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D250" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E250" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F250" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>928</v>
       </c>
       <c r="H250" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>930</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D251" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E251" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F251" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>931</v>
       </c>
       <c r="H251" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>933</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="D252" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E252" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F252" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>934</v>
       </c>
       <c r="H252" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>936</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="D253" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E253" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F253" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>937</v>
       </c>
       <c r="H253" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>939</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D254" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E254" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>940</v>
       </c>
       <c r="H254" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>942</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D255" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E255" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F255" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>943</v>
       </c>
       <c r="H255" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>945</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D256" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E256" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F256" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>946</v>
       </c>
       <c r="H256" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>948</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D257" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E257" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F257" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>949</v>
       </c>
       <c r="H257" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>951</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D258" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E258" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F258" t="s">
-        <v>370</v>
+        <v>117</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>952</v>
       </c>
       <c r="H258" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>954</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="D259" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E259" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>955</v>
       </c>
       <c r="H259" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>957</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="D260" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E260" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F260" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>958</v>
       </c>
       <c r="H260" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>960</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="D261" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E261" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F261" t="s">
-        <v>159</v>
+        <v>82</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>28</v>
+        <v>961</v>
       </c>
       <c r="H261" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D262" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E262" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F262" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>963</v>
+        <v>28</v>
       </c>
       <c r="H262" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>965</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D263" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E263" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F263" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>966</v>
       </c>
       <c r="H263" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>968</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D264" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E264" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F264" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>969</v>
       </c>
       <c r="H264" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>971</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D265" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E265" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F265" t="s">
-        <v>370</v>
+        <v>112</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>972</v>
       </c>
       <c r="H265" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>974</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="D266" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E266" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F266" t="s">
         <v>370</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>975</v>
       </c>
       <c r="H266" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>977</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D267" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E267" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>978</v>
       </c>
       <c r="H267" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>980</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D268" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E268" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F268" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>981</v>
       </c>
       <c r="H268" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>983</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D269" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E269" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F269" t="s">
-        <v>370</v>
+        <v>117</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>984</v>
       </c>
       <c r="H269" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>986</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D270" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E270" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F270" t="s">
-        <v>130</v>
+        <v>370</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>987</v>
       </c>
       <c r="H270" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>989</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D271" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E271" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F271" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>990</v>
       </c>
       <c r="H271" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>992</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D272" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E272" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F272" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>993</v>
       </c>
       <c r="H272" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>995</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D273" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E273" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F273" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>996</v>
       </c>
       <c r="H273" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>998</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D274" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E274" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F274" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>999</v>
       </c>
       <c r="H274" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>1001</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D275" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E275" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F275" t="s">
         <v>82</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="H275" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>1004</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D276" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E276" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F276" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="H276" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>1007</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="D277" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E277" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="H277" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1010</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>596</v>
+        <v>487</v>
       </c>
       <c r="D278" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E278" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F278" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="H278" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>1013</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>600</v>
+        <v>491</v>
       </c>
       <c r="D279" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E279" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F279" t="s">
-        <v>412</v>
+        <v>112</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>28</v>
+        <v>1014</v>
       </c>
       <c r="H279" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D280" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E280" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F280" t="s">
-        <v>370</v>
+        <v>412</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H280" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="D281" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E281" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F281" t="s">
-        <v>99</v>
+        <v>370</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1018</v>
+        <v>28</v>
       </c>
       <c r="H281" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>1020</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D282" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E282" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F282" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="H282" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>1023</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D283" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E283" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F283" t="s">
-        <v>159</v>
+        <v>117</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="H283" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>1026</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D284" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E284" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F284" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="H284" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>1029</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="D285" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E285" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F285" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="H285" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>1032</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D286" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E286" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F286" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>28</v>
+        <v>1033</v>
       </c>
       <c r="H286" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D287" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E287" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F287" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1035</v>
+        <v>28</v>
       </c>
       <c r="H287" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1037</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D288" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E288" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F288" t="s">
-        <v>412</v>
+        <v>99</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="H288" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1040</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="D289" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E289" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F289" t="s">
-        <v>370</v>
+        <v>412</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="H289" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>1043</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="D290" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E290" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F290" t="s">
-        <v>99</v>
+        <v>370</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="H290" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>1046</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="D291" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E291" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F291" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="H291" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>1049</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D292" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E292" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F292" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="H292" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>1052</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="D293" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E293" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F293" t="s">
-        <v>412</v>
+        <v>117</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="H293" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>1055</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="D294" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E294" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F294" t="s">
-        <v>112</v>
+        <v>412</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>28</v>
+        <v>1056</v>
       </c>
       <c r="H294" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>663</v>
       </c>
       <c r="D295" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E295" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F295" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1058</v>
+        <v>28</v>
       </c>
       <c r="H295" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>1060</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>666</v>
       </c>
       <c r="D296" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E296" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F296" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>28</v>
+        <v>1061</v>
       </c>
       <c r="H296" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="D297" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E297" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F297" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1063</v>
+        <v>28</v>
       </c>
       <c r="H297" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>1065</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
       <c r="D298" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E298" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F298" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="H298" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>1068</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="D299" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E299" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F299" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="H299" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>1071</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>681</v>
       </c>
       <c r="D300" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E300" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F300" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="H300" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>1074</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D301" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E301" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F301" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="H301" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>1077</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="D302" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E302" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F302" t="s">
         <v>82</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="H302" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>1080</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="D303" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E303" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F303" t="s">
-        <v>412</v>
+        <v>82</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="H303" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>1083</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D304" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E304" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F304" t="s">
-        <v>370</v>
+        <v>412</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="H304" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>1086</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>700</v>
       </c>
       <c r="D305" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E305" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F305" t="s">
-        <v>99</v>
+        <v>370</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="H305" t="s">
         <v>1088</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>1089</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="D306" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E306" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F306" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="H306" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>1092</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>707</v>
       </c>
       <c r="D307" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E307" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F307" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="H307" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>1095</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D308" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E308" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F308" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="H308" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>1098</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>714</v>
       </c>
       <c r="D309" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E309" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="H309" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>1101</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D310" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E310" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F310" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="H310" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>1104</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>721</v>
       </c>
       <c r="D311" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E311" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F311" t="s">
-        <v>412</v>
+        <v>117</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="H311" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>1107</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="D312" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E312" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F312" t="s">
-        <v>112</v>
+        <v>412</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="H312" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>1110</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>728</v>
       </c>
       <c r="D313" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E313" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F313" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="H313" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>1113</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="D314" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E314" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F314" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="H314" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>1116</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>735</v>
       </c>
       <c r="D315" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E315" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F315" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="H315" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>1119</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="D316" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E316" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F316" t="s">
         <v>112</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="H316" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>1122</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>742</v>
       </c>
       <c r="D317" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E317" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F317" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="H317" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1125</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="D318" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E318" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F318" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="H318" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>1128</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>749</v>
       </c>
       <c r="D319" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E319" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F319" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="H319" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1131</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D320" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E320" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F320" t="s">
         <v>99</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H320" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1134</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>756</v>
       </c>
       <c r="D321" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E321" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F321" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="H321" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>1137</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D322" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E322" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F322" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="H322" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1140</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="D323" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E323" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F323" t="s">
         <v>112</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="H323" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1143</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>767</v>
       </c>
       <c r="D324" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E324" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F324" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="H324" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1146</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>770</v>
       </c>
       <c r="D325" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E325" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F325" t="s">
-        <v>412</v>
+        <v>82</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="H325" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1149</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
+        <v>773</v>
+      </c>
+      <c r="D326" t="s">
+        <v>905</v>
+      </c>
+      <c r="E326" t="s">
+        <v>906</v>
+      </c>
+      <c r="F326" t="s">
+        <v>412</v>
+      </c>
+      <c r="G326" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="D326" t="s">
-[...8 lines deleted...]
-      <c r="G326" s="1" t="s">
+      <c r="H326" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
         <v>1153</v>
       </c>
-      <c r="B327" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D327" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E327" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F327" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="H327" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>1156</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>776</v>
       </c>
       <c r="D328" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E328" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F328" t="s">
-        <v>370</v>
+        <v>13</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="H328" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>1159</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="D329" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E329" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F329" t="s">
-        <v>13</v>
+        <v>370</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H329" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>1162</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>783</v>
       </c>
       <c r="D330" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E330" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F330" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="H330" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1165</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>786</v>
       </c>
       <c r="D331" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E331" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F331" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H331" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>1168</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>789</v>
       </c>
       <c r="D332" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E332" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="H332" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>1171</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>792</v>
       </c>
       <c r="D333" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E333" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F333" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H333" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>1174</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="D334" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E334" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F334" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="H334" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>1177</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="D335" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E335" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F335" t="s">
         <v>112</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H335" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>1180</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="D336" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E336" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F336" t="s">
-        <v>159</v>
+        <v>112</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="H336" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>1183</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>807</v>
       </c>
       <c r="D337" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E337" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F337" t="s">
-        <v>412</v>
+        <v>159</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H337" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1186</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>810</v>
       </c>
       <c r="D338" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E338" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F338" t="s">
         <v>412</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H338" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1189</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>813</v>
       </c>
       <c r="D339" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E339" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F339" t="s">
         <v>412</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="H339" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1192</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="D340" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E340" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F340" t="s">
         <v>412</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="H340" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1195</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>820</v>
       </c>
       <c r="D341" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E341" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F341" t="s">
         <v>412</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="H341" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1198</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>823</v>
       </c>
       <c r="D342" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E342" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F342" t="s">
-        <v>82</v>
+        <v>412</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H342" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1201</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>826</v>
       </c>
       <c r="D343" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E343" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F343" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H343" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1204</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>829</v>
       </c>
       <c r="D344" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E344" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F344" t="s">
         <v>117</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H344" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1207</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>832</v>
       </c>
       <c r="D345" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E345" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F345" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="H345" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1210</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>835</v>
       </c>
       <c r="D346" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E346" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H346" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1213</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>838</v>
       </c>
       <c r="D347" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E347" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F347" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="H347" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1216</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>841</v>
       </c>
       <c r="D348" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E348" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F348" t="s">
         <v>112</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="H348" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1219</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
         <v>844</v>
       </c>
       <c r="D349" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E349" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F349" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H349" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1222</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
         <v>847</v>
       </c>
       <c r="D350" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E350" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F350" t="s">
         <v>99</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="H350" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1225</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
         <v>850</v>
       </c>
       <c r="D351" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E351" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F351" t="s">
-        <v>412</v>
+        <v>99</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="H351" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1228</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="D352" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E352" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F352" t="s">
         <v>412</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="H352" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1231</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
         <v>857</v>
       </c>
       <c r="D353" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E353" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F353" t="s">
-        <v>99</v>
+        <v>412</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="H353" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1234</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>860</v>
       </c>
       <c r="D354" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E354" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F354" t="s">
         <v>99</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H354" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1237</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>863</v>
       </c>
       <c r="D355" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E355" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F355" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="H355" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1240</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>866</v>
       </c>
       <c r="D356" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E356" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F356" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="H356" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1243</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>869</v>
       </c>
       <c r="D357" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E357" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F357" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H357" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>1246</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
         <v>872</v>
       </c>
       <c r="D358" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E358" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F358" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="H358" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1249</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
         <v>875</v>
       </c>
       <c r="D359" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E359" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F359" t="s">
         <v>112</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H359" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1252</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
         <v>878</v>
       </c>
       <c r="D360" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E360" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F360" t="s">
-        <v>159</v>
+        <v>112</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="H360" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1255</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
         <v>881</v>
       </c>
       <c r="D361" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E361" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F361" t="s">
-        <v>99</v>
+        <v>159</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="H361" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1258</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>884</v>
       </c>
       <c r="D362" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E362" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F362" t="s">
-        <v>370</v>
+        <v>99</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="H362" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1261</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>887</v>
       </c>
       <c r="D363" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E363" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F363" t="s">
-        <v>112</v>
+        <v>370</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H363" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1264</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>890</v>
       </c>
       <c r="D364" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E364" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F364" t="s">
         <v>112</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="H364" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1267</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>893</v>
       </c>
       <c r="D365" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E365" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F365" t="s">
-        <v>159</v>
+        <v>112</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="H365" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1270</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>10</v>
+        <v>896</v>
       </c>
       <c r="D366" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E366" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F366" t="s">
         <v>159</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="H366" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1273</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D367" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E367" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F367" t="s">
-        <v>82</v>
+        <v>159</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="H367" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1276</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D368" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E368" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F368" t="s">
-        <v>412</v>
+        <v>82</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="H368" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1279</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D369" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E369" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F369" t="s">
-        <v>99</v>
+        <v>412</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="H369" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1282</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D370" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E370" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F370" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="H370" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>1285</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D371" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E371" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F371" t="s">
         <v>117</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="H371" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>1288</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D372" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E372" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F372" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H372" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1291</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D373" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E373" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F373" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="H373" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1294</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D374" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E374" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F374" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="H374" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>1297</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D375" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E375" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F375" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="H375" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1300</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D376" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E376" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F376" t="s">
         <v>117</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="H376" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1303</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D377" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E377" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F377" t="s">
         <v>117</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="H377" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1306</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D378" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E378" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F378" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="H378" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1309</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D379" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E379" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F379" t="s">
         <v>112</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="H379" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1312</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D380" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E380" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F380" t="s">
         <v>112</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="H380" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1315</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1316</v>
+        <v>71</v>
       </c>
       <c r="D381" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E381" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F381" t="s">
         <v>112</v>
       </c>
       <c r="G381" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H381" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
         <v>1319</v>
       </c>
-      <c r="B382" t="s">
-[...2 lines deleted...]
-      <c r="C382" t="s">
+      <c r="D382" t="s">
+        <v>905</v>
+      </c>
+      <c r="E382" t="s">
+        <v>906</v>
+      </c>
+      <c r="F382" t="s">
+        <v>112</v>
+      </c>
+      <c r="G382" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="D382" t="s">
-[...8 lines deleted...]
-      <c r="G382" s="1" t="s">
+      <c r="H382" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
         <v>1323</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="D383" t="s">
+        <v>905</v>
+      </c>
+      <c r="E383" t="s">
+        <v>906</v>
+      </c>
+      <c r="F383" t="s">
+        <v>99</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="D383" t="s">
-[...8 lines deleted...]
-      <c r="G383" s="1" t="s">
+      <c r="H383" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
         <v>1327</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>905</v>
+      </c>
+      <c r="E384" t="s">
+        <v>906</v>
+      </c>
+      <c r="F384" t="s">
+        <v>412</v>
+      </c>
+      <c r="G384" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="D384" t="s">
-[...8 lines deleted...]
-      <c r="G384" s="1" t="s">
+      <c r="H384" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
         <v>1331</v>
       </c>
-      <c r="B385" t="s">
-[...2 lines deleted...]
-      <c r="C385" t="s">
+      <c r="D385" t="s">
+        <v>905</v>
+      </c>
+      <c r="E385" t="s">
+        <v>906</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="D385" t="s">
-[...8 lines deleted...]
-      <c r="G385" s="1" t="s">
+      <c r="H385" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
         <v>1335</v>
       </c>
-      <c r="B386" t="s">
-[...2 lines deleted...]
-      <c r="C386" t="s">
+      <c r="D386" t="s">
+        <v>905</v>
+      </c>
+      <c r="E386" t="s">
+        <v>906</v>
+      </c>
+      <c r="F386" t="s">
+        <v>412</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="D386" t="s">
-[...8 lines deleted...]
-      <c r="G386" s="1" t="s">
+      <c r="H386" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
         <v>1339</v>
       </c>
-      <c r="B387" t="s">
-[...2 lines deleted...]
-      <c r="C387" t="s">
+      <c r="D387" t="s">
+        <v>905</v>
+      </c>
+      <c r="E387" t="s">
+        <v>906</v>
+      </c>
+      <c r="F387" t="s">
+        <v>112</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="D387" t="s">
-[...8 lines deleted...]
-      <c r="G387" s="1" t="s">
+      <c r="H387" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
         <v>1343</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="D388" t="s">
+        <v>905</v>
+      </c>
+      <c r="E388" t="s">
+        <v>906</v>
+      </c>
+      <c r="F388" t="s">
+        <v>159</v>
+      </c>
+      <c r="G388" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="D388" t="s">
-[...8 lines deleted...]
-      <c r="G388" s="1" t="s">
+      <c r="H388" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
         <v>1347</v>
       </c>
-      <c r="B389" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D389" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E389" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F389" t="s">
         <v>112</v>
       </c>
       <c r="G389" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H389" t="s">
         <v>1349</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
         <v>1351</v>
       </c>
-      <c r="B390" t="s">
-[...2 lines deleted...]
-      <c r="C390" t="s">
+      <c r="D390" t="s">
+        <v>905</v>
+      </c>
+      <c r="E390" t="s">
+        <v>906</v>
+      </c>
+      <c r="F390" t="s">
+        <v>112</v>
+      </c>
+      <c r="G390" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="D390" t="s">
-[...8 lines deleted...]
-      <c r="G390" s="1" t="s">
+      <c r="H390" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
         <v>1355</v>
       </c>
-      <c r="B391" t="s">
-[...2 lines deleted...]
-      <c r="C391" t="s">
+      <c r="D391" t="s">
+        <v>905</v>
+      </c>
+      <c r="E391" t="s">
+        <v>906</v>
+      </c>
+      <c r="F391" t="s">
+        <v>99</v>
+      </c>
+      <c r="G391" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="D391" t="s">
-[...8 lines deleted...]
-      <c r="G391" s="1" t="s">
+      <c r="H391" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
         <v>1359</v>
       </c>
-      <c r="B392" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D392" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E392" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F392" t="s">
         <v>412</v>
       </c>
       <c r="G392" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H392" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
         <v>1363</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="D393" t="s">
+        <v>905</v>
+      </c>
+      <c r="E393" t="s">
+        <v>906</v>
+      </c>
+      <c r="F393" t="s">
+        <v>412</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="D393" t="s">
-[...8 lines deleted...]
-      <c r="G393" s="1" t="s">
+      <c r="H393" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
         <v>1367</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>905</v>
+      </c>
+      <c r="E394" t="s">
+        <v>906</v>
+      </c>
+      <c r="F394" t="s">
+        <v>99</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="D394" t="s">
-[...8 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
         <v>1371</v>
       </c>
-      <c r="B395" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D395" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E395" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F395" t="s">
         <v>112</v>
       </c>
       <c r="G395" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H395" t="s">
         <v>1373</v>
       </c>
-      <c r="H395" t="s">
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
         <v>1374</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D396" t="s">
+        <v>905</v>
+      </c>
+      <c r="E396" t="s">
+        <v>906</v>
+      </c>
+      <c r="F396" t="s">
+        <v>112</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D397" t="s">
+        <v>905</v>
+      </c>
+      <c r="E397" t="s">
+        <v>906</v>
+      </c>
+      <c r="F397" t="s">
+        <v>82</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D398" t="s">
+        <v>905</v>
+      </c>
+      <c r="E398" t="s">
+        <v>906</v>
+      </c>
+      <c r="F398" t="s">
+        <v>82</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1385</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15244,50 +15355,53 @@
     <hyperlink ref="G371" r:id="rId370"/>
     <hyperlink ref="G372" r:id="rId371"/>
     <hyperlink ref="G373" r:id="rId372"/>
     <hyperlink ref="G374" r:id="rId373"/>
     <hyperlink ref="G375" r:id="rId374"/>
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>